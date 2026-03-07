--- v0 (2025-10-16)
+++ v1 (2026-03-07)
@@ -1,192 +1,191 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7E772573" w14:textId="77777777" w:rsidR="002167C4" w:rsidRPr="002167C4" w:rsidRDefault="00F02077" w:rsidP="00504517">
+    <w:p w14:paraId="1FDA215E" w14:textId="77777777" w:rsidR="002167C4" w:rsidRPr="002167C4" w:rsidRDefault="00F02077" w:rsidP="00504517">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック"/>
+          <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>一般社団法人日本プライマリ･ケア連合学会</w:t>
       </w:r>
       <w:r w:rsidR="002167C4" w:rsidRPr="002167C4">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>認定</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BE4A6E9" w14:textId="77777777" w:rsidR="002167C4" w:rsidRDefault="001A41AA" w:rsidP="002167C4">
+    <w:p w14:paraId="0E3ECF9E" w14:textId="77777777" w:rsidR="002167C4" w:rsidRDefault="001A41AA" w:rsidP="002167C4">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>プライマリ･ケア認定</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00576419">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>医認定</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BF32A7">
+        <w:t>プライマリ･ケア認定</w:t>
+      </w:r>
+      <w:r w:rsidR="00576419">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>更新</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E3561E">
+        <w:t>医認定</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF32A7">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>保留</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00576419">
+        <w:t>更新</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3561E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>保留</w:t>
+      </w:r>
+      <w:r w:rsidR="00576419">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>申請書</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DE4157B" w14:textId="77777777" w:rsidR="00E8454B" w:rsidRDefault="00E8454B" w:rsidP="00A90DBF">
+    <w:p w14:paraId="1AAFAA48" w14:textId="77777777" w:rsidR="00E8454B" w:rsidRDefault="00E8454B" w:rsidP="00A90DBF">
       <w:pPr>
         <w:ind w:right="118"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4218EB8C" w14:textId="77777777" w:rsidR="00A90DBF" w:rsidRPr="00D61DA6" w:rsidRDefault="00A90DBF" w:rsidP="00A90DBF">
+    <w:p w14:paraId="60244360" w14:textId="77777777" w:rsidR="00A90DBF" w:rsidRPr="00D61DA6" w:rsidRDefault="00A90DBF" w:rsidP="00A90DBF">
       <w:pPr>
         <w:ind w:right="118"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61DA6">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>２０　　年　  月　  日</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="511127DC" w14:textId="77777777" w:rsidR="004769C0" w:rsidRPr="00D61DA6" w:rsidRDefault="004769C0" w:rsidP="004769C0">
+    <w:p w14:paraId="6A39B50E" w14:textId="77777777" w:rsidR="004769C0" w:rsidRPr="00D61DA6" w:rsidRDefault="004769C0" w:rsidP="004769C0">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:ind w:right="958"/>
         <w:rPr>
-          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>一般社団法人日本プライマリ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E8454B">
+      </w:pPr>
+      <w:r w:rsidRPr="00D61DA6">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>･</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D61DA6">
+        <w:t>一般社団法人日本プライマリ</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8454B">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
+        <w:t>･</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
         <w:t>ケア連合学会</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A330023" w14:textId="77777777" w:rsidR="004769C0" w:rsidRPr="00D61DA6" w:rsidRDefault="00576419" w:rsidP="004769C0">
+    <w:p w14:paraId="42E3CB9A" w14:textId="77777777" w:rsidR="004769C0" w:rsidRPr="00D61DA6" w:rsidRDefault="00576419" w:rsidP="004769C0">
       <w:pPr>
         <w:ind w:right="958"/>
         <w:rPr>
-          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>理</w:t>
       </w:r>
       <w:r w:rsidR="00524F1D">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>事</w:t>
       </w:r>
       <w:r w:rsidR="00524F1D">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
@@ -194,61 +193,65 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>長</w:t>
       </w:r>
       <w:r w:rsidR="004769C0" w:rsidRPr="00D61DA6">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00524F1D">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
       <w:r w:rsidR="004769C0" w:rsidRPr="00D61DA6">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>殿</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3198F0B1" w14:textId="77777777" w:rsidR="002167C4" w:rsidRDefault="002167C4" w:rsidP="00B80FC1">
+    <w:p w14:paraId="3806B3E7" w14:textId="77777777" w:rsidR="002167C4" w:rsidRDefault="002167C4" w:rsidP="00B80FC1">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="160" w:lineRule="exact"/>
         <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5356960F" w14:textId="77777777" w:rsidR="005C49EF" w:rsidRDefault="00524F1D" w:rsidP="005C49EF">
+    <w:p w14:paraId="74308067" w14:textId="77777777" w:rsidR="005C49EF" w:rsidRDefault="00524F1D" w:rsidP="005C49EF">
       <w:pPr>
         <w:ind w:firstLineChars="100" w:firstLine="210"/>
         <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>私は</w:t>
       </w:r>
       <w:r w:rsidR="003645FC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>下記の理由で</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>貴</w:t>
       </w:r>
       <w:r w:rsidR="004769C0">
@@ -292,1079 +295,1183 @@
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>保留</w:t>
       </w:r>
       <w:r w:rsidR="003645FC">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>したいので</w:t>
       </w:r>
       <w:r w:rsidR="00FD53A8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>関係書類を添えて申請いたします</w:t>
       </w:r>
-      <w:r w:rsidR="0096344D">
+      <w:r w:rsidR="009A6ADB">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>．</w:t>
+        <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BC79C89" w14:textId="77777777" w:rsidR="00A90DBF" w:rsidRPr="00A90DBF" w:rsidRDefault="00A90DBF" w:rsidP="008C16B6">
+    <w:p w14:paraId="03BAE74F" w14:textId="77777777" w:rsidR="00A90DBF" w:rsidRPr="00A90DBF" w:rsidRDefault="00A90DBF" w:rsidP="008C16B6">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73CCFA80" w14:textId="77777777" w:rsidR="00985EE7" w:rsidRPr="00985EE7" w:rsidRDefault="00576419" w:rsidP="00576419">
+    <w:p w14:paraId="344866CA" w14:textId="77777777" w:rsidR="00985EE7" w:rsidRPr="00985EE7" w:rsidRDefault="00576419" w:rsidP="00576419">
       <w:pPr>
         <w:ind w:firstLineChars="2700" w:firstLine="5670"/>
         <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>申請者</w:t>
       </w:r>
       <w:r w:rsidR="00985EE7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>署名</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19B2EC53" w14:textId="77777777" w:rsidR="002167C4" w:rsidRDefault="002167C4" w:rsidP="009A0F83">
+    <w:p w14:paraId="589C29D9" w14:textId="77777777" w:rsidR="002167C4" w:rsidRDefault="002167C4" w:rsidP="009A0F83">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9301" w:type="dxa"/>
         <w:tblInd w:w="99" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="99" w:type="dxa"/>
           <w:right w:w="99" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1474"/>
         <w:gridCol w:w="1078"/>
         <w:gridCol w:w="1076"/>
         <w:gridCol w:w="1361"/>
         <w:gridCol w:w="1814"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="1648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB34A8" w:rsidRPr="00CB230F" w14:paraId="0A635BD1" w14:textId="77777777" w:rsidTr="003A3A83">
+      <w:tr w:rsidR="00CB34A8" w:rsidRPr="00CB230F" w14:paraId="2DFD868D" w14:textId="77777777" w:rsidTr="003A3A83">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9301" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0020EE51" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="00CB230F" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="79FE5B32" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="00CB230F" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック"/>
+                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>１．申請者</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB34A8" w:rsidRPr="003B5D6B" w14:paraId="6753898B" w14:textId="77777777" w:rsidTr="003A3A83">
+      <w:tr w:rsidR="00CB34A8" w:rsidRPr="003B5D6B" w14:paraId="7A0EDEB8" w14:textId="77777777" w:rsidTr="003A3A83">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20C611DC" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="00124E22" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="721F8C96" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="00124E22" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック"/>
+                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00124E22">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>氏　　　　名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2154" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69A7D7DD" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="003B5D6B" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="3F614DA1" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="003B5D6B" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1361" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="671117A8" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="00124E22" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="12EBEC23" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="00124E22" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック"/>
+                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00124E22">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>生年月日(西暦)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15C56C70" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="003B5D6B" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="7FCEBB99" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="003B5D6B" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">    年  月  日</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51DDC773" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="00124E22" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="38FFE853" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="00124E22" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック"/>
+                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00124E22">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>会員番号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44395A8C" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="003B5D6B" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="4C8088DA" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="003B5D6B" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB34A8" w:rsidRPr="003B5D6B" w14:paraId="0A774403" w14:textId="77777777" w:rsidTr="003A3A83">
+      <w:tr w:rsidR="00CB34A8" w:rsidRPr="003B5D6B" w14:paraId="41C82C9C" w14:textId="77777777" w:rsidTr="003A3A83">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AD08DCA" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="00124E22" w:rsidRDefault="00CB34A8" w:rsidP="00CB34A8">
+          <w:p w14:paraId="27833CA5" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="00124E22" w:rsidRDefault="00CB34A8" w:rsidP="00CB34A8">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="220" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック"/>
+                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00124E22">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>プライマ</w:t>
             </w:r>
             <w:r w:rsidRPr="00124E22">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>リ･ケ</w:t>
             </w:r>
             <w:r w:rsidRPr="00124E22">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ア</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DDC2E42" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="00BF32A7" w:rsidRDefault="00CB34A8" w:rsidP="00CB34A8">
+          <w:p w14:paraId="70BA4CE5" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="00BF32A7" w:rsidRDefault="00CB34A8" w:rsidP="00CB34A8">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="220" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック"/>
+                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00124E22">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>認定医</w:t>
             </w:r>
             <w:r w:rsidRPr="00124E22">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>認定番号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7827" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02E79CCE" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="003B5D6B" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="3624EDEB" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="003B5D6B" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB34A8" w:rsidRPr="003B5D6B" w14:paraId="4D39DEE5" w14:textId="77777777" w:rsidTr="003A3A83">
+      <w:tr w:rsidR="00CB34A8" w:rsidRPr="003B5D6B" w14:paraId="3C1C4525" w14:textId="77777777" w:rsidTr="003A3A83">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C78CAE9" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="00124E22" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="37642727" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="00124E22" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック"/>
+                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00124E22">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>所　　　　属</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7827" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="610D105E" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="003B5D6B" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="183ECBC7" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="003B5D6B" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB34A8" w:rsidRPr="00CB230F" w14:paraId="082EA9FF" w14:textId="77777777" w:rsidTr="003A3A83">
+      <w:tr w:rsidR="00CB34A8" w:rsidRPr="00CB230F" w14:paraId="20369042" w14:textId="77777777" w:rsidTr="003A3A83">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="964"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4028D933" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="00124E22" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="23956A98" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="00124E22" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック"/>
+                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00124E22">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>連　 絡　 先</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A21437A" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="00124E22" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="36270E01" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="00124E22" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック"/>
+                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00124E22">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(自宅・勤務先</w:t>
             </w:r>
             <w:r w:rsidRPr="00124E22">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7827" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6926AA3C" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="005361B3" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="13510C77" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="005361B3" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00124E22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>住所</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB230F">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
             <w:r w:rsidRPr="005361B3">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>〒</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B5DB703" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="005361B3" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="2757EB60" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="005361B3" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00124E22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>電話</w:t>
             </w:r>
             <w:r w:rsidRPr="005361B3">
               <w:rPr>
                 <w:rFonts w:ascii="Century" w:hAnsi="ＭＳ 明朝"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　　　　　　　</w:t>
             </w:r>
             <w:r w:rsidRPr="00124E22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ ゴシック" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FAX</w:t>
             </w:r>
             <w:r w:rsidRPr="005361B3">
               <w:rPr>
                 <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ ゴシック" w:hAnsi="Century"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2542A131" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="00124E22" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="72ED99EA" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="00124E22" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ ゴシック" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00124E22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="ＭＳ ゴシック" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">E-mail  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB34A8" w:rsidRPr="00CB230F" w14:paraId="04B91A6C" w14:textId="77777777" w:rsidTr="003A3A83">
+      <w:tr w:rsidR="00CB34A8" w:rsidRPr="00CB230F" w14:paraId="532B790C" w14:textId="77777777" w:rsidTr="003A3A83">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9301" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="013C6346" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="00CB230F" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="6848FD54" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="00CB230F" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック"/>
+                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>２．保留を申請する理由</w:t>
             </w:r>
             <w:r w:rsidRPr="002B769C">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>（該当する</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1つの</w:t>
             </w:r>
             <w:r w:rsidRPr="002B769C">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>□を■にする）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB34A8" w:rsidRPr="005C49EF" w14:paraId="78C65D2A" w14:textId="77777777" w:rsidTr="003A3A83">
+      <w:tr w:rsidR="009A6ADB" w:rsidRPr="005C49EF" w14:paraId="30EE9826" w14:textId="77777777" w:rsidTr="009A6ADB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="1984"/>
+          <w:trHeight w:hRule="exact" w:val="824"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9301" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C37583C" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="000E00DA" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="45CFB307" w14:textId="77777777" w:rsidR="009A6ADB" w:rsidRPr="000E00DA" w:rsidRDefault="009A6ADB" w:rsidP="009A6ADB">
             <w:pPr>
               <w:ind w:left="600" w:hangingChars="300" w:hanging="600"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E00DA">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>前回の認定から更新期日までの間に</w:t>
             </w:r>
-            <w:r w:rsidR="00FD53A8">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>、</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0240C136" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="006D4367" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="4C13DC13" w14:textId="77777777" w:rsidR="009A6ADB" w:rsidRPr="009A6ADB" w:rsidRDefault="009A6ADB" w:rsidP="009A6ADB">
             <w:pPr>
               <w:ind w:left="600" w:hangingChars="300" w:hanging="600"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D4367">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□(1)</w:t>
             </w:r>
-            <w:r w:rsidR="000E00DA" w:rsidRPr="0094700E">
+            <w:r w:rsidRPr="0094700E">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="000E00DA" w:rsidRPr="000E00DA">
+            <w:r w:rsidRPr="000E00DA">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>「プライマリ･ケア認定医の認定に関する細則」第12条第2項または第3項を満たせないため</w:t>
-            </w:r>
-[...127 lines deleted...]
-              <w:t>または現に休業中であるため</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB34A8" w:rsidRPr="005C49EF" w14:paraId="000BDDFE" w14:textId="77777777" w:rsidTr="003A3A83">
+      <w:tr w:rsidR="00CB34A8" w:rsidRPr="005C49EF" w14:paraId="65AEDB35" w14:textId="77777777" w:rsidTr="009A6ADB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="2282"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9301" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C4FBC13" w14:textId="77777777" w:rsidR="009A6ADB" w:rsidRPr="00D226F2" w:rsidRDefault="009A6ADB" w:rsidP="009A6ADB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D226F2">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">前回の認定後に、下記理由で一時的に業務から離れた期間、または認定更新に十分な臨床業務ができる職を離れた期間が6 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D226F2">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ヶ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D226F2">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>月以上ある場合またはそれが見込まれる場合</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29EF0FAD" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="006D4367" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4367">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>□(2) 研究または臨床研修のために海外へ留学した</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD53A8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>、</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4367">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>または現に留学中であるため</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53393377" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="006D4367" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4367">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>□(3) 長期の病気療養をした</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD53A8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>、</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4367">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>または現に療養中であるため</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54785158" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4367">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">□(4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4367">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>産前･産後休業</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD53A8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>、</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4367">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>育児休業または介護休業に該当する期間があった</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD53A8">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>、</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D4367">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>または現に休業中であるため</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26D57323" w14:textId="77777777" w:rsidR="009A6ADB" w:rsidRPr="00B95A80" w:rsidRDefault="009A6ADB" w:rsidP="00F00762">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C30C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>□(5) その他 （理由を記載してくだい：　　　　　　　　　　　　　　　　　　　　　　）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB34A8" w:rsidRPr="005C49EF" w14:paraId="07EDF211" w14:textId="77777777" w:rsidTr="003A3A83">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="794"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CF0FDC1" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="006D4367" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="001C63C3" w14:textId="77777777" w:rsidR="009A6ADB" w:rsidRPr="006D4367" w:rsidRDefault="009A6ADB" w:rsidP="009A6ADB">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="60" w:left="126"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック"/>
+                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:spacing w:val="6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D4367">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:spacing w:val="6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>上記(2)</w:t>
             </w:r>
-            <w:r w:rsidR="00FD53A8">
+            <w:r w:rsidRPr="00C30C5C">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:spacing w:val="6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>、</w:t>
-[...8 lines deleted...]
-              <w:t>(3)または(4)の</w:t>
+              <w:t xml:space="preserve"> ～（5)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7443CBB9" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="006D4367" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="5C2BEBB5" w14:textId="77777777" w:rsidR="009A6ADB" w:rsidRPr="006D4367" w:rsidRDefault="009A6ADB" w:rsidP="009A6ADB">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="60" w:left="126"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック"/>
+                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4367">
-[...21 lines deleted...]
-              <w:t>療養または休業期間</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>理由の該当期間</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67EB66B9" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="008C16B6" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="1BFE5D9E" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="008C16B6" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック"/>
+                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D4367">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(今後予想される期間も含む)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6749" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CD0C469" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="006D4367" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="085A369E" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="006D4367" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
             <w:pPr>
               <w:ind w:left="600" w:hangingChars="300" w:hanging="600"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century" w:hAnsi="Century"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D4367">
               <w:rPr>
                 <w:rFonts w:ascii="Century" w:hAnsi="Century"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">20  </w:t>
             </w:r>
             <w:r w:rsidRPr="006D4367">
               <w:rPr>
                 <w:rFonts w:ascii="Century" w:hAnsi="ＭＳ 明朝"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>年</w:t>
             </w:r>
             <w:r w:rsidRPr="006D4367">
@@ -1428,748 +1535,818 @@
                 <w:rFonts w:ascii="Century" w:hAnsi="ＭＳ 明朝"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>月</w:t>
             </w:r>
             <w:r w:rsidRPr="006D4367">
               <w:rPr>
                 <w:rFonts w:ascii="Century" w:hAnsi="Century"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="006D4367">
               <w:rPr>
                 <w:rFonts w:ascii="Century" w:hAnsi="ＭＳ 明朝"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>日</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB34A8" w:rsidRPr="00CB230F" w14:paraId="35A9A08B" w14:textId="77777777" w:rsidTr="003A3A83">
+      <w:tr w:rsidR="00CB34A8" w:rsidRPr="00CB230F" w14:paraId="24F44F73" w14:textId="77777777" w:rsidTr="003A3A83">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9301" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="625017B0" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="00CB230F" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="4E6C1F29" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="00CB230F" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック"/>
+                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>３．希望する保留期間</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB34A8" w:rsidRPr="00E8454B" w14:paraId="0614A8E8" w14:textId="77777777" w:rsidTr="003A3A83">
+      <w:tr w:rsidR="009A6ADB" w:rsidRPr="00E8454B" w14:paraId="2F978FDF" w14:textId="77777777" w:rsidTr="009A6ADB">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="1304"/>
+          <w:trHeight w:hRule="exact" w:val="1748"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4780C14C" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="006D4367" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="4B98A34D" w14:textId="77777777" w:rsidR="009A6ADB" w:rsidRPr="006D4367" w:rsidRDefault="009A6ADB" w:rsidP="009A6ADB">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D4367">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>年間</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7824" w:type="dxa"/>
+            <w:tcW w:w="7827" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3184616B" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="39BDA77A" w14:textId="77777777" w:rsidR="009A6ADB" w:rsidRDefault="009A6ADB" w:rsidP="009A6ADB">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:ind w:left="720" w:hangingChars="400" w:hanging="720"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック"/>
+                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB2024">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>上限期間：</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>前項の</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB2024">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(1)1年間</w:t>
             </w:r>
-            <w:r w:rsidR="00FD53A8">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>、</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB2024">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(2)通算の外国在住期間を限度として3年間</w:t>
-[...31 lines deleted...]
-              <w:t>(4)実際の休業期間を限度として3年間</w:t>
+              <w:t>(2)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C30C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ～(5)は1 回の申請で保留できるのは3年間</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E9A136C" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="3BCEB961" w14:textId="77777777" w:rsidR="009A6ADB" w:rsidRDefault="009A6ADB" w:rsidP="009A6ADB">
             <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
-              <w:ind w:leftChars="350" w:left="735"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック"/>
+              <w:ind w:left="551" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>※ (2)～(4)については</w:t>
-[...15 lines deleted...]
-              <w:t>今後予想される期間も含む</w:t>
+              <w:t>(2)～(5)については、今後予想される期間も含む</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37E7F000" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="04AA91B6" w14:textId="77777777" w:rsidR="009A6ADB" w:rsidRDefault="009A6ADB" w:rsidP="009A6ADB">
             <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
-              <w:ind w:leftChars="350" w:left="735"/>
+              <w:ind w:left="551" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>※ 年未満の期間は1年に切り上げ</w:t>
+              <w:t>年未満の期間は1年に切り上げ</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57EEFAB4" w14:textId="77777777" w:rsidR="00CB34A8" w:rsidRPr="00B1188A" w:rsidRDefault="00CB34A8" w:rsidP="00F00762">
+          <w:p w14:paraId="1EA4B3EF" w14:textId="77777777" w:rsidR="009A6ADB" w:rsidRPr="009A6ADB" w:rsidRDefault="009A6ADB" w:rsidP="009A6ADB">
             <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
-              <w:ind w:leftChars="350" w:left="735"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック"/>
+              <w:ind w:left="551" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...21 lines deleted...]
-              <w:t>連続3年間まで</w:t>
+            <w:r w:rsidRPr="009A6ADB">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>該当期間が3年間を超える場合は、保留期限を迎える前に再度保留申請をおこなってください</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="61A073C4" w14:textId="77777777" w:rsidR="003E7B7D" w:rsidRPr="003E7B7D" w:rsidRDefault="00B80FC1" w:rsidP="00861811">
+    <w:p w14:paraId="647732C1" w14:textId="77777777" w:rsidR="009A6ADB" w:rsidRDefault="009A6ADB" w:rsidP="009A6ADB">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="280" w:lineRule="exact"/>
-        <w:ind w:leftChars="650" w:left="1365"/>
+        <w:ind w:leftChars="338" w:left="736" w:hangingChars="13" w:hanging="26"/>
         <w:jc w:val="left"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>添付書類：</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B1188A">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>理由</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B95A80" w:rsidRPr="00B95A80">
+        <w:t>添付書類：理由</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95A80">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(3)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B95A80">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95A80">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C30C5C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>または</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B1188A" w:rsidRPr="00B1188A">
+        <w:t>～</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D226F2">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(4)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B1188A">
+        <w:t>(5)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>の場合は</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FD53A8">
+        <w:t>の場合は、それを証明できる診断書その他の書類の写し</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BE300A9" w14:textId="77777777" w:rsidR="007C0535" w:rsidRPr="009A6ADB" w:rsidRDefault="009A6ADB" w:rsidP="009A6ADB">
+      <w:pPr>
+        <w:spacing w:beforeLines="30" w:before="108" w:line="280" w:lineRule="exact"/>
+        <w:ind w:leftChars="338" w:left="736" w:hangingChars="13" w:hanging="26"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>、</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B1188A">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>それを証明できる診断書その他の書類の写し</w:t>
-[...11 lines deleted...]
-      </w:pPr>
+        <w:t>※</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>※</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001A41AA">
+        <w:t>指導医資格を保有の方が専門医を保留する場合、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C30C5C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>同時に家庭医療専門医の認定の更新を保留する場合は</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FD53A8">
+        <w:t>自動的に</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>、</w:t>
-[...7 lines deleted...]
-        <w:t>この申請書の提出は不要です。「家庭医療専門医認定更新保留申請書」を提出してください。</w:t>
+        <w:t>指導医も保留となります。</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="001A41AA" w:rsidSect="005E4FDD">
+    <w:sectPr w:rsidR="007C0535" w:rsidRPr="009A6ADB" w:rsidSect="005E4FDD">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1304" w:bottom="1701" w:left="1304" w:header="454" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="66FDADD4" w14:textId="77777777" w:rsidR="000A08FE" w:rsidRDefault="000A08FE" w:rsidP="002D6D97">
+    <w:p w14:paraId="78D5C07A" w14:textId="77777777" w:rsidR="00D935D5" w:rsidRDefault="00D935D5" w:rsidP="002D6D97">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54270DEF" w14:textId="77777777" w:rsidR="000A08FE" w:rsidRDefault="000A08FE" w:rsidP="002D6D97">
+    <w:p w14:paraId="05A87220" w14:textId="77777777" w:rsidR="00D935D5" w:rsidRDefault="00D935D5" w:rsidP="002D6D97">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="ＭＳ ゴシック">
+    <w:altName w:val="MS Gothic"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Century">
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游ゴシック Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游明朝">
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2C052A22" w14:textId="77777777" w:rsidR="000A08FE" w:rsidRDefault="000A08FE" w:rsidP="002D6D97">
+    <w:p w14:paraId="590D6AE3" w14:textId="77777777" w:rsidR="00D935D5" w:rsidRDefault="00D935D5" w:rsidP="002D6D97">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="50DFCA1C" w14:textId="77777777" w:rsidR="000A08FE" w:rsidRDefault="000A08FE" w:rsidP="002D6D97">
+    <w:p w14:paraId="5AD46B60" w14:textId="77777777" w:rsidR="00D935D5" w:rsidRDefault="00D935D5" w:rsidP="002D6D97">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="18D419D0" w14:textId="77777777" w:rsidR="007C7D41" w:rsidRDefault="007C7D41" w:rsidP="005F0004">
+  <w:p w14:paraId="659B0888" w14:textId="77777777" w:rsidR="007C7D41" w:rsidRPr="00084046" w:rsidRDefault="007C7D41" w:rsidP="005F0004">
     <w:pPr>
       <w:pStyle w:val="a4"/>
       <w:spacing w:afterLines="50" w:after="120" w:line="220" w:lineRule="exact"/>
+      <w:rPr>
+        <w:rFonts w:hint="eastAsia"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="005F0004">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>様式</w:t>
     </w:r>
     <w:r w:rsidRPr="005F0004">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="001A41AA">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>認定</w:t>
     </w:r>
     <w:r w:rsidR="00576419">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>医</w:t>
     </w:r>
     <w:r w:rsidRPr="005F0004">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>-</w:t>
     </w:r>
-    <w:r w:rsidR="00577F05">
+    <w:r w:rsidR="00084046">
       <w:rPr>
-        <w:rFonts w:hint="eastAsia"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>10</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
-      <w:t xml:space="preserve">　　</w:t>
+      <w:t xml:space="preserve">　</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:kern w:val="0"/>
         <w:szCs w:val="21"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:kern w:val="0"/>
         <w:szCs w:val="21"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:kern w:val="0"/>
         <w:szCs w:val="21"/>
       </w:rPr>
       <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
     </w:r>
     <w:r w:rsidR="005F0004">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:kern w:val="0"/>
         <w:szCs w:val="21"/>
       </w:rPr>
       <w:t xml:space="preserve">　</w:t>
     </w:r>
+    <w:r>
+      <w:rPr>
+        <w:kern w:val="0"/>
+        <w:szCs w:val="21"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:kern w:val="0"/>
+        <w:szCs w:val="21"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:kern w:val="0"/>
+        <w:szCs w:val="21"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00084046">
+      <w:rPr>
+        <w:noProof/>
+        <w:kern w:val="0"/>
+        <w:szCs w:val="21"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:kern w:val="0"/>
+        <w:szCs w:val="21"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:kern w:val="0"/>
+        <w:szCs w:val="21"/>
+      </w:rPr>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:kern w:val="0"/>
+        <w:szCs w:val="21"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:kern w:val="0"/>
+        <w:szCs w:val="21"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:kern w:val="0"/>
+        <w:szCs w:val="21"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00084046">
+      <w:rPr>
+        <w:noProof/>
+        <w:kern w:val="0"/>
+        <w:szCs w:val="21"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:kern w:val="0"/>
+        <w:szCs w:val="21"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9347" w:type="dxa"/>
       <w:jc w:val="center"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="99" w:type="dxa"/>
         <w:right w:w="99" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1101"/>
       <w:gridCol w:w="1425"/>
       <w:gridCol w:w="848"/>
       <w:gridCol w:w="1714"/>
       <w:gridCol w:w="838"/>
       <w:gridCol w:w="1731"/>
       <w:gridCol w:w="640"/>
       <w:gridCol w:w="1050"/>
     </w:tblGrid>
-    <w:tr w:rsidR="009A28A7" w14:paraId="1F454287" w14:textId="77777777">
+    <w:tr w:rsidR="009A28A7" w14:paraId="37C87C99" w14:textId="77777777">
+      <w:tblPrEx>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="357"/>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1093" w:type="dxa"/>
           <w:tcBorders>
             <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:tcMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="1BEF0C64" w14:textId="77777777" w:rsidR="009A28A7" w:rsidRDefault="009A28A7" w:rsidP="005F0004">
+        <w:p w14:paraId="07A339A7" w14:textId="77777777" w:rsidR="009A28A7" w:rsidRDefault="009A28A7" w:rsidP="005F0004">
           <w:pPr>
             <w:pStyle w:val="a4"/>
             <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia"/>
+            </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>受付番号</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1414" w:type="dxa"/>
           <w:tcBorders>
             <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="3CBB2B46" w14:textId="77777777" w:rsidR="009A28A7" w:rsidRDefault="009A28A7" w:rsidP="00B07B1B">
+        <w:p w14:paraId="1BE772E5" w14:textId="77777777" w:rsidR="009A28A7" w:rsidRDefault="009A28A7" w:rsidP="00B07B1B">
           <w:pPr>
             <w:pStyle w:val="a4"/>
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia"/>
+            </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="842" w:type="dxa"/>
           <w:tcBorders>
             <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:tcMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="7377F930" w14:textId="77777777" w:rsidR="009A28A7" w:rsidRDefault="009A28A7" w:rsidP="009A28A7">
+        <w:p w14:paraId="192F69A6" w14:textId="77777777" w:rsidR="009A28A7" w:rsidRDefault="009A28A7" w:rsidP="009A28A7">
           <w:pPr>
             <w:pStyle w:val="a4"/>
             <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia"/>
+            </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>受付日</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1701" w:type="dxa"/>
           <w:tcBorders>
             <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:tcMar>
             <w:left w:w="57" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="5C9FA1B1" w14:textId="77777777" w:rsidR="009A28A7" w:rsidRDefault="009A28A7" w:rsidP="00B07B1B">
+        <w:p w14:paraId="4AF4D075" w14:textId="77777777" w:rsidR="009A28A7" w:rsidRDefault="009A28A7" w:rsidP="00B07B1B">
           <w:pPr>
             <w:pStyle w:val="a4"/>
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia"/>
+            </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t xml:space="preserve">20  </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>年</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t xml:space="preserve">  </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>月</w:t>
           </w:r>
@@ -2177,158 +2354,174 @@
             <w:rPr>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t xml:space="preserve">  </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>日</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="832" w:type="dxa"/>
           <w:tcBorders>
             <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:tcMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="730AFBDC" w14:textId="77777777" w:rsidR="009A28A7" w:rsidRDefault="009A28A7" w:rsidP="009A28A7">
+        <w:p w14:paraId="2CEDF976" w14:textId="77777777" w:rsidR="009A28A7" w:rsidRDefault="009A28A7" w:rsidP="009A28A7">
           <w:pPr>
             <w:pStyle w:val="a4"/>
             <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia"/>
+            </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>決定日</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1718" w:type="dxa"/>
           <w:tcBorders>
             <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:tcMar>
             <w:left w:w="57" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="076D0ABB" w14:textId="77777777" w:rsidR="009A28A7" w:rsidRDefault="009A28A7" w:rsidP="00B07B1B">
+        <w:p w14:paraId="4087FF5B" w14:textId="77777777" w:rsidR="009A28A7" w:rsidRDefault="009A28A7" w:rsidP="00B07B1B">
           <w:pPr>
             <w:pStyle w:val="a4"/>
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia"/>
+            </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t xml:space="preserve">20  </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>年</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t xml:space="preserve">  </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>月</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t xml:space="preserve">  </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>日</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="635" w:type="dxa"/>
           <w:tcBorders>
             <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="7D41594F" w14:textId="77777777" w:rsidR="009A28A7" w:rsidRDefault="009A28A7" w:rsidP="009A28A7">
+        <w:p w14:paraId="3C5C1795" w14:textId="77777777" w:rsidR="009A28A7" w:rsidRDefault="009A28A7" w:rsidP="009A28A7">
           <w:pPr>
             <w:pStyle w:val="a4"/>
             <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia"/>
+            </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>決定</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1042" w:type="dxa"/>
           <w:tcBorders>
             <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="4F0C2070" w14:textId="77777777" w:rsidR="009A28A7" w:rsidRPr="009A28A7" w:rsidRDefault="009A28A7" w:rsidP="009A28A7">
+        <w:p w14:paraId="34017A95" w14:textId="77777777" w:rsidR="009A28A7" w:rsidRPr="009A28A7" w:rsidRDefault="009A28A7" w:rsidP="009A28A7">
           <w:pPr>
             <w:pStyle w:val="a4"/>
             <w:rPr>
+              <w:rFonts w:hint="eastAsia"/>
               <w:b/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="3F1606B7" w14:textId="77777777" w:rsidR="001453D0" w:rsidRPr="005F0004" w:rsidRDefault="001453D0" w:rsidP="005F0004"/>
+  <w:p w14:paraId="2160C496" w14:textId="77777777" w:rsidR="001453D0" w:rsidRPr="005F0004" w:rsidRDefault="001453D0" w:rsidP="005F0004">
+    <w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="eastAsia"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1EFF4804"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="36441E40"/>
     <w:lvl w:ilvl="0" w:tplc="FFC6F5FA">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="・"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="Times New Roman" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0409000B">
@@ -2407,50 +2600,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="63797516"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="416A1414"/>
+    <w:lvl w:ilvl="0" w:tplc="97028F8C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="※"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1175" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0409000B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1615" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409000D" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2055" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2495" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0409000B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2935" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409000D" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3375" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3815" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0409000B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4255" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409000D" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4695" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EE57A07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4B4E515E"/>
     <w:lvl w:ilvl="0" w:tplc="97F05A5E">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="・"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="Times New Roman" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2522,310 +2828,321 @@
     <w:lvl w:ilvl="7" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="622348438">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1" w16cid:durableId="1673337199">
+    <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1695574235">
+  <w:num w:numId="2" w16cid:durableId="2140143677">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
+  <w:num w:numId="3" w16cid:durableId="1533496945">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:proofState w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002167C4"/>
     <w:rsid w:val="00062947"/>
+    <w:rsid w:val="00084046"/>
     <w:rsid w:val="00095417"/>
-    <w:rsid w:val="000A08FE"/>
     <w:rsid w:val="000A19F7"/>
     <w:rsid w:val="000E00DA"/>
     <w:rsid w:val="00112903"/>
     <w:rsid w:val="001453D0"/>
     <w:rsid w:val="00164D4C"/>
     <w:rsid w:val="00166FFD"/>
     <w:rsid w:val="00170979"/>
+    <w:rsid w:val="0017666D"/>
     <w:rsid w:val="001A41AA"/>
     <w:rsid w:val="001B634C"/>
     <w:rsid w:val="001C6B02"/>
     <w:rsid w:val="00204744"/>
     <w:rsid w:val="00213BF8"/>
     <w:rsid w:val="002167C4"/>
+    <w:rsid w:val="0029776C"/>
     <w:rsid w:val="002B2357"/>
     <w:rsid w:val="002B5251"/>
     <w:rsid w:val="002B769C"/>
     <w:rsid w:val="002D2EDB"/>
     <w:rsid w:val="002D6D97"/>
     <w:rsid w:val="0030463C"/>
     <w:rsid w:val="00355051"/>
     <w:rsid w:val="00360737"/>
     <w:rsid w:val="003645FC"/>
     <w:rsid w:val="003673E2"/>
+    <w:rsid w:val="00376AFD"/>
     <w:rsid w:val="003A3A83"/>
-    <w:rsid w:val="003B5791"/>
     <w:rsid w:val="003B5D6B"/>
     <w:rsid w:val="003D42B4"/>
+    <w:rsid w:val="003D4673"/>
     <w:rsid w:val="003E7B7D"/>
     <w:rsid w:val="004029BD"/>
+    <w:rsid w:val="004114C2"/>
     <w:rsid w:val="004514B7"/>
     <w:rsid w:val="00470889"/>
     <w:rsid w:val="004769C0"/>
     <w:rsid w:val="004F7FCF"/>
     <w:rsid w:val="00504517"/>
     <w:rsid w:val="00524F1D"/>
     <w:rsid w:val="005361B3"/>
     <w:rsid w:val="005567CD"/>
-    <w:rsid w:val="0056374F"/>
     <w:rsid w:val="00576419"/>
-    <w:rsid w:val="00577F05"/>
     <w:rsid w:val="005B7C1C"/>
     <w:rsid w:val="005C49EF"/>
     <w:rsid w:val="005D7704"/>
     <w:rsid w:val="005E4FDD"/>
     <w:rsid w:val="005F0004"/>
     <w:rsid w:val="005F22BB"/>
     <w:rsid w:val="006727F9"/>
     <w:rsid w:val="006C3439"/>
     <w:rsid w:val="006C546B"/>
     <w:rsid w:val="00710142"/>
     <w:rsid w:val="00722B20"/>
     <w:rsid w:val="007352B5"/>
     <w:rsid w:val="00735FC5"/>
+    <w:rsid w:val="00757F27"/>
     <w:rsid w:val="00770800"/>
+    <w:rsid w:val="007C0535"/>
     <w:rsid w:val="007C7D41"/>
     <w:rsid w:val="00813F2C"/>
     <w:rsid w:val="0083112B"/>
-    <w:rsid w:val="00842E30"/>
+    <w:rsid w:val="008571F3"/>
     <w:rsid w:val="00861811"/>
     <w:rsid w:val="008A372F"/>
-    <w:rsid w:val="008B0BBA"/>
     <w:rsid w:val="008C16B6"/>
     <w:rsid w:val="008E41ED"/>
     <w:rsid w:val="008F4853"/>
     <w:rsid w:val="00930D46"/>
     <w:rsid w:val="00940F30"/>
     <w:rsid w:val="0094700E"/>
     <w:rsid w:val="0096344D"/>
     <w:rsid w:val="00977B9E"/>
     <w:rsid w:val="00985EE7"/>
     <w:rsid w:val="009A0F83"/>
     <w:rsid w:val="009A1829"/>
     <w:rsid w:val="009A28A7"/>
     <w:rsid w:val="009A30EF"/>
     <w:rsid w:val="009A5FEF"/>
+    <w:rsid w:val="009A6ADB"/>
     <w:rsid w:val="00A075BA"/>
     <w:rsid w:val="00A2352B"/>
+    <w:rsid w:val="00A400CB"/>
     <w:rsid w:val="00A63EA6"/>
     <w:rsid w:val="00A90DBF"/>
     <w:rsid w:val="00AD6CF1"/>
     <w:rsid w:val="00B07B1B"/>
     <w:rsid w:val="00B1188A"/>
     <w:rsid w:val="00B42AD0"/>
     <w:rsid w:val="00B80FC1"/>
     <w:rsid w:val="00B85E91"/>
     <w:rsid w:val="00B95A80"/>
     <w:rsid w:val="00BA1F97"/>
     <w:rsid w:val="00BA5A64"/>
     <w:rsid w:val="00BB0F76"/>
     <w:rsid w:val="00BF32A7"/>
     <w:rsid w:val="00C44E52"/>
+    <w:rsid w:val="00C46F53"/>
     <w:rsid w:val="00C6478A"/>
     <w:rsid w:val="00C914E0"/>
     <w:rsid w:val="00C95C67"/>
     <w:rsid w:val="00CB230F"/>
     <w:rsid w:val="00CB2E6C"/>
     <w:rsid w:val="00CB34A8"/>
     <w:rsid w:val="00CD6019"/>
     <w:rsid w:val="00CD7437"/>
     <w:rsid w:val="00D15C32"/>
     <w:rsid w:val="00D200E0"/>
     <w:rsid w:val="00D27FFD"/>
+    <w:rsid w:val="00D307C3"/>
+    <w:rsid w:val="00D412BB"/>
     <w:rsid w:val="00D47418"/>
     <w:rsid w:val="00D61DA6"/>
     <w:rsid w:val="00D70094"/>
-    <w:rsid w:val="00DA03B7"/>
+    <w:rsid w:val="00D935D5"/>
+    <w:rsid w:val="00DA0FDC"/>
     <w:rsid w:val="00DD4AE3"/>
     <w:rsid w:val="00E04C42"/>
     <w:rsid w:val="00E32232"/>
     <w:rsid w:val="00E3561E"/>
     <w:rsid w:val="00E504D8"/>
     <w:rsid w:val="00E63FFD"/>
     <w:rsid w:val="00E66677"/>
     <w:rsid w:val="00E8454B"/>
     <w:rsid w:val="00E86904"/>
     <w:rsid w:val="00EA443A"/>
     <w:rsid w:val="00ED3587"/>
     <w:rsid w:val="00F00762"/>
     <w:rsid w:val="00F02077"/>
     <w:rsid w:val="00F045A1"/>
     <w:rsid w:val="00F33AC2"/>
     <w:rsid w:val="00F41E97"/>
     <w:rsid w:val="00F562E3"/>
     <w:rsid w:val="00F70F07"/>
     <w:rsid w:val="00FB2024"/>
     <w:rsid w:val="00FD53A8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="2C17AFFD"/>
+  <w14:docId w14:val="788ACACE"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{3F1240A1-ED3E-4C32-8470-19646873BA89}"/>
+  <w15:docId w15:val="{EBF90195-9CF2-402D-A9C3-123AF111B05F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ 明朝" w:hAnsi="Century" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3191,74 +3508,68 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006C3439"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="2">
     <w:name w:val="本文 2 (文字)"/>
     <w:link w:val="20"/>
     <w:rsid w:val="00164D4C"/>
     <w:rPr>
       <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ 明朝" w:hAnsi="Century"/>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="20">
     <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="2"/>
     <w:rsid w:val="00164D4C"/>
     <w:pPr>
       <w:spacing w:line="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Century" w:hAnsi="Century"/>
     </w:rPr>
   </w:style>
@@ -3297,101 +3608,102 @@
       <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a6">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="004514B7"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="游ゴシック Light" panose="020F0302020204030204"/>
+        <a:latin typeface="游ゴシック Light" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -3399,51 +3711,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="游明朝" panose="020F0502020204030204"/>
+        <a:latin typeface="游明朝" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -3510,65 +3822,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -3589,90 +3901,111 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>125</Words>
-  <Characters>717</Characters>
+  <Words>133</Words>
+  <Characters>762</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
+  <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>■ 2010年度開始の家庭医療後期研修プログラムについて</vt:lpstr>
       <vt:lpstr>■ 2010年度開始の家庭医療後期研修プログラムについて</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>841</CharactersWithSpaces>
+  <CharactersWithSpaces>894</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>■ 2010年度開始の家庭医療後期研修プログラムについて</dc:title>
   <dc:subject/>
   <dc:creator>Shoji YOKOYA</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>